--- v0 (2025-10-18)
+++ v1 (2026-01-21)
@@ -1,71 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" removePersonalInfoOnSave="1" saveSubsetFonts="1">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483660" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="257" r:id="rId2"/>
     <p:sldId id="256" r:id="rId3"/>
-    <p:sldId id="258" r:id="rId4"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
   <p:notesSz cx="7099300" cy="10234613"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -178,82 +175,82 @@
     <a:srgbClr val="818BAF"/>
     <a:srgbClr val="6EB5C0"/>
     <a:srgbClr val="FFFFFF"/>
     <a:srgbClr val="D0E1F9"/>
     <a:srgbClr val="385723"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="95701" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
-      <p:cViewPr varScale="1">
+      <p:cViewPr>
         <p:scale>
-          <a:sx n="74" d="100"/>
-          <a:sy n="74" d="100"/>
+          <a:sx n="100" d="100"/>
+          <a:sy n="100" d="100"/>
         </p:scale>
-        <p:origin x="1060" y="56"/>
+        <p:origin x="228" y="-96"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -387,51 +384,51 @@
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US"/>
               <a:t>マスター サブタイトルの書式設定</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C9C19074-F642-4C8A-A009-B362E9813FD0}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/1/16</a:t>
+              <a:t>2025/10/17</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -589,51 +586,51 @@
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C9C19074-F642-4C8A-A009-B362E9813FD0}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/1/16</a:t>
+              <a:t>2025/10/17</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -801,51 +798,51 @@
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C9C19074-F642-4C8A-A009-B362E9813FD0}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/1/16</a:t>
+              <a:t>2025/10/17</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1003,51 +1000,51 @@
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C9C19074-F642-4C8A-A009-B362E9813FD0}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/1/16</a:t>
+              <a:t>2025/10/17</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1247,51 +1244,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US"/>
               <a:t>マスター テキストの書式設定</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C9C19074-F642-4C8A-A009-B362E9813FD0}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/1/16</a:t>
+              <a:t>2025/10/17</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1543,51 +1540,51 @@
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C9C19074-F642-4C8A-A009-B362E9813FD0}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/1/16</a:t>
+              <a:t>2025/10/17</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1974,51 +1971,51 @@
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US"/>
               <a:t>レベル</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C9C19074-F642-4C8A-A009-B362E9813FD0}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/1/16</a:t>
+              <a:t>2025/10/17</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2092,51 +2089,51 @@
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US"/>
               <a:t>マスター タイトルの書式設定</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C9C19074-F642-4C8A-A009-B362E9813FD0}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/1/16</a:t>
+              <a:t>2025/10/17</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2187,51 +2184,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C9C19074-F642-4C8A-A009-B362E9813FD0}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/1/16</a:t>
+              <a:t>2025/10/17</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2496,51 +2493,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US"/>
               <a:t>マスター テキストの書式設定</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C9C19074-F642-4C8A-A009-B362E9813FD0}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/1/16</a:t>
+              <a:t>2025/10/17</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2753,51 +2750,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ja-JP" altLang="en-US"/>
               <a:t>マスター テキストの書式設定</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C9C19074-F642-4C8A-A009-B362E9813FD0}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/1/16</a:t>
+              <a:t>2025/10/17</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3002,51 +2999,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{C9C19074-F642-4C8A-A009-B362E9813FD0}" type="datetimeFigureOut">
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" smtClean="0"/>
-              <a:t>2025/1/16</a:t>
+              <a:t>2025/10/17</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -3398,54 +3395,50 @@
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr kumimoji="1" sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="24" name="四角形: 角を丸くする 23">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5FDA693E-3F00-4CD3-A801-4D5AB60F9F09}"/>
               </a:ext>
             </a:extLst>
@@ -4661,4328 +4654,50 @@
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>※</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
                 <a:ea typeface="メイリオ" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               </a:rPr>
               <a:t>本テキストボックスは消去してください。</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3549442989"/>
-      </p:ext>
-[...4276 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1560079478"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
     <a:clrScheme name="Office テーマ">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -9213,87 +4928,85 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Office Theme</Template>
   <TotalTime></TotalTime>
-  <Words>298</Words>
+  <Words>113</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>画面に合わせる (4:3)</PresentationFormat>
-  <Paragraphs>40</Paragraphs>
-  <Slides>3</Slides>
+  <Paragraphs>20</Paragraphs>
+  <Slides>2</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>使用されているフォント</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5</vt:i4>
+        <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>テーマ</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>スライド タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="9" baseType="lpstr">
-      <vt:lpstr>HG丸ｺﾞｼｯｸM-PRO</vt:lpstr>
+    <vt:vector size="7" baseType="lpstr">
       <vt:lpstr>メイリオ</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Calibri Light</vt:lpstr>
       <vt:lpstr>Office テーマ</vt:lpstr>
-      <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
       <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
       <vt:lpstr>PowerPoint プレゼンテーション</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator/>
-  <cp:lastModifiedBy/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>